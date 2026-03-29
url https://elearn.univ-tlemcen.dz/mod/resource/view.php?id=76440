--- v0 (2025-10-29)
+++ v1 (2026-03-29)
@@ -1,4331 +1,3179 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
-[...25 lines deleted...]
-  <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
+  <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
-[...118 lines deleted...]
-</p:presentation>
+<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:body>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الموضوع </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>01:مدخل</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الى تاريخ الفن</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>مفهوم الفن:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">يقصد بالفن مجموعة المهارات </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ألبشرية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">على اختلاف الوانها بما فيها الفنون </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ألتطبيقية</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> والفنون النافعة والفنون الكبرى </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">والصغرى </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والفنون الجميلة.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ان لفظ الفنون الجميلة يشمل الموسيقى </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والأدب</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ويشمل ايضا الفنون البصرية التي تشمل بدورها على النشاطات </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الإبداعية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">التي تسعى الى توصيل رسالتها </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>يا كانت،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">من خلال مخاطبة اشكال فنية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">أساسا </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">كما انه يمكن تقسيم الفنون البصرية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>إ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لى </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>لا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> فئات رئيسية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">هي </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>التصوير</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والنحت والعمارة،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ويمكن للفن ان يشمل كل ما خرج </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>و وجد خارج دائرة العلم بوصفه مهارة علمية</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">و صناعة تطبيقية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>و انتاجا مهنيا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>مفهوم التاريخ:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">التاريخ لغة جمع تواريخ وهو جملة الاحوال </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">والأحداث </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">التي يمر بها كائن </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ما </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ويصدق دلك على الفرد والمجتمع والظواهر الطبيعية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ولإنسانية</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>كما يتطرق الى</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> دراسة احداث الماضي وفلسفتها لبيان ما لها وما عليها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>، واخذ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> العبرة منها، ويستعين التاريخ في تسجيل الاحوال </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والأحداث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والآثار</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> والعمائر والروايات والمعاهدات </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والمذكرات</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والأساطير</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> .</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>يقسم ابن خلدون التاريخ الى قسمين،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ظاهري وهو اخبار الايام و الدول و القرون السابقة وقسم خفي وهو نظر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ي</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> وتحقيق وتعليل دقيق وعلم بكيفية الوقائع </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>وأسبابها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  اد يقول في دلك</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> "</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فان فن التاريخ من الفنون التي تتداولها الامم </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والأجيال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ،وتشد اليه الركائب والرحال وتسمو الى معرفته السوقة والاغفال  وتتنافس فيه الملوك والاجيال ،ويتساوى في فهمه  العلماء والجهال ،ادا هو في ظاهره لا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>يزيد عن اخبار عن الايام والدول،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>والسوابق من القرون الاولى تنمو فيها اقوال وتضرب فيها الام</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ال وتطرف فيها الاندية ادا غضها الاحتفال،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>و</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ن</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ادي </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>إ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>لينا ش</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ن الخليقة كيف تقلبت  بها </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>الاحوال واتسع فيها المجال وعمرو الارض حتى نادى بهم الارتحال،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وفي باطنه نظر وتحقيق وتعليل للكائنات ومبادئها </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">دقيق </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وعلم بكيفيات الوقائع </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>وأسبابها</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> عميق</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>".</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="38"/>
+          <w:szCs w:val="38"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>1-3-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>مفهوم تاريخ الفن:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تاريخ الفن عبارة عن سلسلة من المتغيرات والفترات الزمنية التي تتسم كل منها بخصائص وسمات جمالية وتعبيرية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>وأسلوبية</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">خاصة </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ترتبط بالتعبير عن عصرها،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">فالتغيير والتحول وعدم </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>الثبات</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> من السمات المميزة لمجال الفنون،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>فهو الظاهرة المرئية والحسية لطبيعة كل عصر فلكل عصر مشكلاته الحيوية وتحدياته الفكرية وتغيراته الاجتماعية وال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>قافية النابعة من الحيا</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الواقعية التي تشكل في مجملها الاطار الفكري وطالما تاريخ الح</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ض</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ارة الانسانية يتغير ويمر بمراحل متعاقبة  ويتحول من مرحلة </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>إ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">لى </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">خرى وتتسم كل مرحلة بخصائصها وطبيعتها المميزة </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>إذ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نجد طرز فنية متنوعة ونما</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ذ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ج جمالية مختلفة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:footnoteReference w:id="4"/>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="008D5741" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>الهدف من دراسة تاريخ الفن يتم</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ل  في ادراك التسلسل الحضاري للشعوب القديمة مما يساهم في </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">تعرف على الاثار والشواهد الحضارية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ل</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>تلك الامم ومعرفة الدافع من وراء كل حضارة  على</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> حدا </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وبمعرفة الدوافع الحضارية لكل امة يدرك الطالب  مفاهيم كل عصر  واتره على تطور الانسان داخل مجتمعه ويساعد تاريخ الفن  على الالمام </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>بالمعلومات</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> نتيجة  للاكتشافات ال</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>أث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">رية التي تعدل النظرة للماضي وتصحح المعلومات تجاه </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ألحاضر </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>حيت يعتبر تاريخ الفن اصدق تاريخ من حيت انه دائما مدعم بالو</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ائق الاثرية المكتشفة  التي لا يمكن تقليدها  او تزويرها لاعتبارات فنية  وعلمية  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>وأثرية</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> هامة،</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">وتعني الدراسة المتسلسلة لمراحل تاريخ الفن  وفهم </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>الجذور</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> التاريخية للاتجاهات الفنية ومعرفة منابعها ومنابتها الاولى.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00425970" w:rsidRPr="008D5741" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:bidi/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="-2" w:firstLine="710"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>بما ان الفن يمثل المر</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>أ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>ة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الحقيقية </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>للثقافة</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> فان مفهوم التاريخ يعتبر سلسلة متواصلة الحلقات للأحداث التي يظهرها </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>ألفن</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ويقودنا ذلك الى مفهوم تاريخ الفن اد يجسد هو التاريخ البصري للتجارب الانسانية ووسائلها في التعبير عن ذاتها او تسجيل انتصاراتها او تحقيق طموحاتها في الحياة والتاريخ هو الرصيد المتراكم لتجارب </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">الإنسان </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D5741">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>ومن خلاله يمكن قراءة الماض</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>ي والإفادة منه حاضرا ومس</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorBidi" w:hint="cs"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="fr-FR" w:bidi="ar-IQ"/>
+        </w:rPr>
+        <w:t>تقبلا.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:sectPr w:rsidR="00425970" w:rsidRPr="008D5741">
+      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:cols w:space="708"/>
+      <w:docGrid w:linePitch="360"/>
+    </w:sectPr>
+  </w:body>
+</w:document>
 </file>
 
-<file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-</p:presentationPr>
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00473DA1" w:rsidRDefault="00473DA1" w:rsidP="008D5741">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00473DA1" w:rsidRDefault="00473DA1" w:rsidP="008D5741">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
 </file>
 
-<file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
+<file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Traditional Arabic">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00002003" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="00000041" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+</w:fonts>
 </file>
 
-<file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-[...27 lines deleted...]
-</p:viewPr>
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w:rsidR="00473DA1" w:rsidRDefault="00473DA1" w:rsidP="008D5741">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w:rsidR="00473DA1" w:rsidRDefault="00473DA1" w:rsidP="008D5741">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="1">
+    <w:p w:rsidR="008D5741" w:rsidRPr="001300AD" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>The encyclopedia of philosophy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>Ked by</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>Edwards</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.Mac Milan </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>Pubblishing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> co.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001300AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:lang w:val="en-US" w:bidi="ar-DZ"/>
+        </w:rPr>
+        <w:t>New York .1967.p85</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w:rsidR="008D5741" w:rsidRPr="004F6A83" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+        <w:bidi/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>قبيلة المالكي،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>تاريخ العمارة عبر العصور،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دار المناهج للنشر والتوزيع،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>عمان،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ط1،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>2007،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ص15</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="3">
+    <w:p w:rsidR="008D5741" w:rsidRPr="004F6A83" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+        <w:bidi/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ابن خلدون،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>المقدمة،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>دار الكتاب اللبناني،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بيروت،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ج1،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ص2</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="4">
+    <w:p w:rsidR="008D5741" w:rsidRPr="004F6A83" w:rsidRDefault="008D5741" w:rsidP="008D5741">
+      <w:pPr>
+        <w:pStyle w:val="Notedebasdepage"/>
+        <w:bidi/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+          <w:lang w:bidi="ar-DZ"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rStyle w:val="Appelnotedebasdep"/>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>نبيل عبد السلام جمعة،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve">المراحل الانتقالية في تاريخ الفن وتغيير </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>الاطار</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> الفكري والنمو</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ذ</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ج الجمالي دراسة حالة للحدا</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ة الى ما</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>بعد الحدا</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ث</w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>ة،</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004F6A83">
+        <w:rPr>
+          <w:rFonts w:ascii="Traditional Arabic" w:hAnsi="Traditional Arabic" w:cs="Traditional Arabic" w:hint="cs"/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+          <w:rtl/>
+        </w:rPr>
+        <w:t>المجلة العلمية لجمعية امسيا التربية عن طريق الفنالمجلد3 العدد11،2017ص3</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
 </file>
 
-<file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15">
+  <w:zoom w:percent="100"/>
+  <w:doNotDisplayPageBoundaries/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:defaultTabStop w:val="708"/>
+  <w:hyphenationZone w:val="425"/>
+  <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+  </w:compat>
+  <w:rsids>
+    <w:rsidRoot w:val="008D5741"/>
+    <w:rsid w:val="000900C9"/>
+    <w:rsid w:val="00473DA1"/>
+    <w:rsid w:val="008D5741"/>
+    <w:rsid w:val="00D055E5"/>
+  </w:rsids>
+  <m:mathPr>
+    <m:mathFont m:val="Cambria Math"/>
+    <m:brkBin m:val="before"/>
+    <m:brkBinSub m:val="--"/>
+    <m:smallFrac m:val="0"/>
+    <m:dispDef/>
+    <m:lMargin m:val="0"/>
+    <m:rMargin m:val="0"/>
+    <m:defJc m:val="centerGroup"/>
+    <m:wrapIndent m:val="1440"/>
+    <m:intLim m:val="subSup"/>
+    <m:naryLim m:val="undOvr"/>
+  </m:mathPr>
+  <w:themeFontLang w:val="fr-FR" w:bidi="ar-SA"/>
+  <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:shapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapelayout v:ext="edit">
+      <o:idmap v:ext="edit" data="1"/>
+    </o:shapelayout>
+  </w:shapeDefaults>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{039ABB9C-6EE4-4BC8-91FB-C980247083B9}"/>
+</w:settings>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:docDefaults>
+    <w:rPrDefault>
+      <w:rPr>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
+      </w:rPr>
+    </w:rPrDefault>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
+  </w:docDefaults>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+  </w:latentStyles>
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+    <w:name w:val="Normal"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
+    <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
+    <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:tblPr>
+      <w:tblInd w:w="0" w:type="dxa"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="108" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+        <w:right w:w="108" w:type="dxa"/>
+      </w:tblCellMar>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
+    <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Notedebasdepage">
+    <w:name w:val="footnote text"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="NotedebasdepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D5741"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotedebasdepageCar">
+    <w:name w:val="Note de bas de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Notedebasdepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="008D5741"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorEastAsia"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="fr-FR"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Appelnotedebasdep">
+    <w:name w:val="footnote reference"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="008D5741"/>
+    <w:rPr>
+      <w:vertAlign w:val="superscript"/>
+    </w:rPr>
+  </w:style>
+</w:styles>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
+  <w:optimizeForBrowser/>
+  <w:allowPNG/>
+</w:webSettings>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
-<file path=ppt/slideLayouts/_rels/slideLayout2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...3992 lines deleted...]
-<file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
         <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
+        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
@@ -4463,94 +3311,57 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Words>276</Words>
-[...6 lines deleted...]
-  <MMClips>0</MMClips>
+  <Pages>2</Pages>
+  <Words>484</Words>
+  <Characters>2665</Characters>
+  <Application>Microsoft Office Word</Application>
+  <DocSecurity>0</DocSecurity>
+  <Lines>22</Lines>
+  <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...39 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>3143</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>الإمبراطورية الفارسية</dc:title>
+  <dc:title/>
+  <dc:subject/>
   <dc:creator>Utilisateur Windows</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>